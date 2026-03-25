--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -1254,51 +1254,51 @@
   <si>
     <t>27/04/2024</t>
   </si>
   <si>
     <t>Sunday</t>
   </si>
   <si>
     <t>28/04/2024</t>
   </si>
   <si>
     <t>Monday</t>
   </si>
   <si>
     <t>29/04/2024</t>
   </si>
   <si>
     <t>Tuesday</t>
   </si>
   <si>
     <t>30/04/2024</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>Sample file generated in 0.2 seconds by Turkey.workingdays.org</t>
+    <t>Sample file generated in 0.24 seconds by Turkey.workingdays.org</t>
   </si>
   <si>
     <t>Week</t>
   </si>
   <si>
     <t>Days</t>
   </si>
   <si>
     <t>Working days</t>
   </si>
   <si>
     <t>Weekend days</t>
   </si>
   <si>
     <t>Public holidays</t>
   </si>
   <si>
     <t>Custom dates</t>
   </si>
   <si>
     <t>Work hours</t>
   </si>
   <si>
     <t>15/12/2023 → 17/12/2023</t>
   </si>